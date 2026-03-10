--- v0 (2026-01-30)
+++ v1 (2026-03-10)
@@ -1,95 +1,487 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/docProps/core0.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/meatadata/core-properties" Target="/docProps/core.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId5" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/meatadata/core-properties" Target="docProps/core0.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
-  <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="20417"/>
   <workbookPr defaultThemeVersion="124226"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Apps\Downloads\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{235E5CB6-9BA8-4BE4-A5C7-5316DAE16191}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="240" yWindow="120" windowWidth="18060" windowHeight="7050"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12105" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet1" sheetId="1" r:id="rId6"/>
+    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="125725"/>
+  <calcPr calcId="191029"/>
 </workbook>
 </file>
 
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="126">
+  <si>
+    <t>Klaipėdos Tauralaukio progimnazija, 291792710</t>
+  </si>
+  <si>
+    <t>(Įstaigos pavadinimas, kodas)</t>
+  </si>
+  <si>
+    <t>VIDUTINIO MĖNESINIO BRUTO DARBO UŽMOKESČIO ATASKAITA</t>
+  </si>
+  <si>
+    <t>2026 m. sausio 6 d.</t>
+  </si>
+  <si>
+    <t>Eil.</t>
+  </si>
+  <si>
+    <t>Pareigų (pareigybės) pavadinimas</t>
+  </si>
+  <si>
+    <t>Darbuotojų</t>
+  </si>
+  <si>
+    <t>Vidutinis mėnesinis bruto darbo užmokestis (Eur)</t>
+  </si>
+  <si>
+    <t>Nr.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>skaičius</t>
+  </si>
+  <si>
+    <t>2025 m. 4 ketvirtis</t>
+  </si>
+  <si>
+    <t>2024 m.</t>
+  </si>
+  <si>
+    <t>Akomponiatorius metodininkas</t>
+  </si>
+  <si>
+    <t>1669,89</t>
+  </si>
+  <si>
+    <t>1630,73</t>
+  </si>
+  <si>
+    <t>Auklėtojo (mokytojo) padėjėjas</t>
+  </si>
+  <si>
+    <t>1642,57</t>
+  </si>
+  <si>
+    <t>1324,08</t>
+  </si>
+  <si>
+    <t>Bibliotekininkas</t>
+  </si>
+  <si>
+    <t>2518,64</t>
+  </si>
+  <si>
+    <t>2161,30</t>
+  </si>
+  <si>
+    <t>Darbininkas</t>
+  </si>
+  <si>
+    <t>1261,42</t>
+  </si>
+  <si>
+    <t>1015,08</t>
+  </si>
+  <si>
+    <t>Darbininkas (virtuvės)</t>
+  </si>
+  <si>
+    <t>1384,00</t>
+  </si>
+  <si>
+    <t>1245,91</t>
+  </si>
+  <si>
+    <t>Direktoriaus pavaduotojas ugdymui</t>
+  </si>
+  <si>
+    <t>6572,67</t>
+  </si>
+  <si>
+    <t>4107,45</t>
+  </si>
+  <si>
+    <t>Direktoriaus pavaduotojas ūkio ir bendriesiems klausimams</t>
+  </si>
+  <si>
+    <t>4986,19</t>
+  </si>
+  <si>
+    <t>3261,24</t>
+  </si>
+  <si>
+    <t>Dokumentų koordinavimo specialistas</t>
+  </si>
+  <si>
+    <t>2696,79</t>
+  </si>
+  <si>
+    <t>1875,57</t>
+  </si>
+  <si>
+    <t>Duomenų bazės, elektroninio dienyno valdymo priežiūros specialistas</t>
+  </si>
+  <si>
+    <t>2797,13</t>
+  </si>
+  <si>
+    <t>1665,01</t>
+  </si>
+  <si>
+    <t>Ikimokyklinio ugdymo mokytojas</t>
+  </si>
+  <si>
+    <t>3663,20</t>
+  </si>
+  <si>
+    <t>2211,68</t>
+  </si>
+  <si>
+    <t>Ikimokyklinio ugdymo mokytojas metodininkas</t>
+  </si>
+  <si>
+    <t>4099,87</t>
+  </si>
+  <si>
+    <t>2402,86</t>
+  </si>
+  <si>
+    <t>Ikimokyklinio ugdymo vyr. mokytojas</t>
+  </si>
+  <si>
+    <t>3441,63</t>
+  </si>
+  <si>
+    <t>2152,13</t>
+  </si>
+  <si>
+    <t>Informacinių komunikacijų technologijų specialistas</t>
+  </si>
+  <si>
+    <t>3033,38</t>
+  </si>
+  <si>
+    <t>2162,77</t>
+  </si>
+  <si>
+    <t>Karjeros specialistas ekspertas</t>
+  </si>
+  <si>
+    <t>3022,12</t>
+  </si>
+  <si>
+    <t>0,00</t>
+  </si>
+  <si>
+    <t>Kiemsargis</t>
+  </si>
+  <si>
+    <t>1470,88</t>
+  </si>
+  <si>
+    <t>1144,72</t>
+  </si>
+  <si>
+    <t>Laborantas</t>
+  </si>
+  <si>
+    <t>1326,77</t>
+  </si>
+  <si>
+    <t>1252,24</t>
+  </si>
+  <si>
+    <t>Logopedas metodininkas</t>
+  </si>
+  <si>
+    <t>4243,45</t>
+  </si>
+  <si>
+    <t>2946,00</t>
+  </si>
+  <si>
+    <t>Meninio ugdymo mokytojas</t>
+  </si>
+  <si>
+    <t>2120,96</t>
+  </si>
+  <si>
+    <t>2230,64</t>
+  </si>
+  <si>
+    <t>Mokinio padėjėjas</t>
+  </si>
+  <si>
+    <t>1539,66</t>
+  </si>
+  <si>
+    <t>1394,51</t>
+  </si>
+  <si>
+    <t>Mokytojas</t>
+  </si>
+  <si>
+    <t>3381,83</t>
+  </si>
+  <si>
+    <t>2197,65</t>
+  </si>
+  <si>
+    <t>Mokytojas ekspertas</t>
+  </si>
+  <si>
+    <t>4291,77</t>
+  </si>
+  <si>
+    <t>3156,72</t>
+  </si>
+  <si>
+    <t>Mokytojas metodininkas</t>
+  </si>
+  <si>
+    <t>3810,88</t>
+  </si>
+  <si>
+    <t>2755,04</t>
+  </si>
+  <si>
+    <t>Pailgintos dienos grupės auklėtoja</t>
+  </si>
+  <si>
+    <t>1841,76</t>
+  </si>
+  <si>
+    <t>1567,71</t>
+  </si>
+  <si>
+    <t>Pastatų ir sistemų priežiūros, einamojo remonto darbininkas</t>
+  </si>
+  <si>
+    <t>1263,17</t>
+  </si>
+  <si>
+    <t>Pradinio ugdymo mokytojas</t>
+  </si>
+  <si>
+    <t>3041,19</t>
+  </si>
+  <si>
+    <t>2267,11</t>
+  </si>
+  <si>
+    <t>Pradinio ugdymo vyr. mokytojas</t>
+  </si>
+  <si>
+    <t>3383,68</t>
+  </si>
+  <si>
+    <t>2549,03</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Priešmokyklinio ugdymo mokytojas metodininkas </t>
+  </si>
+  <si>
+    <t>3806,59</t>
+  </si>
+  <si>
+    <t>2403,83</t>
+  </si>
+  <si>
+    <t>Priešmokyklinio ugdymo vyr. mokytojas</t>
+  </si>
+  <si>
+    <t>3381,50</t>
+  </si>
+  <si>
+    <t>2529,28</t>
+  </si>
+  <si>
+    <t>Psichologas</t>
+  </si>
+  <si>
+    <t>3420,43</t>
+  </si>
+  <si>
+    <t>2772,62</t>
+  </si>
+  <si>
+    <t>Raštinės administratorė</t>
+  </si>
+  <si>
+    <t>3273,23</t>
+  </si>
+  <si>
+    <t>2095,15</t>
+  </si>
+  <si>
+    <t>Rūbininkas-budėtojas</t>
+  </si>
+  <si>
+    <t>1403,69</t>
+  </si>
+  <si>
+    <t>1336,39</t>
+  </si>
+  <si>
+    <t>Skalbinių prižiūrėtojas</t>
+  </si>
+  <si>
+    <t>1725,53</t>
+  </si>
+  <si>
+    <t>1081,93</t>
+  </si>
+  <si>
+    <t>Soc. pedagogas metodininkas</t>
+  </si>
+  <si>
+    <t>3771,96</t>
+  </si>
+  <si>
+    <t>2741,45</t>
+  </si>
+  <si>
+    <t>Valytojas</t>
+  </si>
+  <si>
+    <t>1347,48</t>
+  </si>
+  <si>
+    <t>1167,10</t>
+  </si>
+  <si>
+    <t>Virėjas</t>
+  </si>
+  <si>
+    <t>1636,42</t>
+  </si>
+  <si>
+    <t>1337,51</t>
+  </si>
+  <si>
+    <t>Vyr. specialusis pedagogas</t>
+  </si>
+  <si>
+    <t>3938,55</t>
+  </si>
+  <si>
+    <t>2805,66</t>
+  </si>
+  <si>
+    <t>Vyr. virėja</t>
+  </si>
+  <si>
+    <t>1999,65</t>
+  </si>
+  <si>
+    <t>1649,93</t>
+  </si>
+  <si>
+    <t>Vyresnysis mokytojas</t>
+  </si>
+  <si>
+    <t>3349,59</t>
+  </si>
+  <si>
+    <t>2510,59</t>
+  </si>
+</sst>
+</file>
+
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
-[...2 lines deleted...]
-    <numFmt numFmtId="83" formatCode="[$-010427]0;(0)"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="[$-10427]0;\(0\)"/>
   </numFmts>
-  <fonts count="5">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
-    <font/>
     <font>
-      <b val="0"/>
-[...2 lines deleted...]
-      <u val="none"/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
     </font>
     <font>
-      <b val="0"/>
-[...2 lines deleted...]
-      <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
     </font>
     <font>
       <b/>
-      <i val="0"/>
-[...1 lines deleted...]
-      <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="6">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
@@ -128,1133 +520,1214 @@
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs>
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="13">
-[...2 lines deleted...]
-      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+  <cellXfs count="15">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" fontId="3" fillId="0" borderId="1">
-      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" fontId="1" fillId="0" borderId="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" fontId="4" fillId="0" borderId="0">
-      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" fontId="4" fillId="0" borderId="2">
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" fontId="4" fillId="0" borderId="3">
-[...2 lines deleted...]
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" fontId="1" fillId="0" borderId="4">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" fontId="4" fillId="0" borderId="5">
-[...13 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="1">
-    <cellStyle xfId="0" name="Normal"/>
+  <cellStyles count="2">
+    <cellStyle name="Įprastas" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="1F497D"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEECE1"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4F81BD"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="C0504D"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="9BBB59"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="8064A2"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4BACC6"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="F79646"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0000FF"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="800080"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+</a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
-[...2 lines deleted...]
-  </sheetPr>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:E48"/>
   <sheetViews>
-    <sheetView workbookViewId="0" showGridLines="0"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="B41" sqref="B41"/>
+    </sheetView>
   </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" customWidth="1" width="5.40234375"/>
-[...4 lines deleted...]
-    <col min="6" max="6" customWidth="1" width="0.0234375"/>
+    <col min="1" max="1" width="5.42578125" customWidth="1"/>
+    <col min="2" max="2" width="56.5703125" customWidth="1"/>
+    <col min="3" max="3" width="9.7109375" customWidth="1"/>
+    <col min="4" max="4" width="9.85546875" customWidth="1"/>
+    <col min="5" max="5" width="10.140625" customWidth="1"/>
+    <col min="6" max="6" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="14.15" customHeight="1">
-[...108 lines deleted...]
-      <c s="9" r="A11">
+    <row r="1" spans="1:5" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+    </row>
+    <row r="2" spans="1:5" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="11"/>
+      <c r="C2" s="11"/>
+      <c r="D2" s="11"/>
+      <c r="E2" s="11"/>
+    </row>
+    <row r="3" spans="1:5" ht="7.9" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="1:5" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="12" t="s">
         <v>2</v>
       </c>
-      <c s="10" t="inlineStr" r="B11">
-[...4 lines deleted...]
-      <c s="11" r="C11">
+      <c r="B4" s="9"/>
+      <c r="C4" s="9"/>
+      <c r="D4" s="9"/>
+      <c r="E4" s="9"/>
+    </row>
+    <row r="5" spans="1:5" ht="3.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="6" spans="1:5" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="8" t="s">
         <v>3</v>
       </c>
-      <c s="12" t="inlineStr" r="D11">
-[...11 lines deleted...]
-      <c s="9" r="A12">
+      <c r="B6" s="9"/>
+      <c r="C6" s="9"/>
+      <c r="D6" s="9"/>
+      <c r="E6" s="9"/>
+    </row>
+    <row r="7" spans="1:5" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D8" s="13" t="s">
+        <v>7</v>
+      </c>
+      <c r="E8" s="14"/>
+    </row>
+    <row r="9" spans="1:5" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A9" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A10" s="4">
+        <v>1</v>
+      </c>
+      <c r="B10" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C10" s="6">
+        <v>1</v>
+      </c>
+      <c r="D10" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A11" s="4">
+        <v>2</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="C11" s="6">
         <v>3</v>
       </c>
-      <c s="10" t="inlineStr" r="B12">
-[...19 lines deleted...]
-      <c s="9" r="A13">
+      <c r="D11" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E11" s="7" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A12" s="4">
+        <v>3</v>
+      </c>
+      <c r="B12" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="C12" s="6">
+        <v>1</v>
+      </c>
+      <c r="D12" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" s="7" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A13" s="4">
         <v>4</v>
       </c>
-      <c s="10" t="inlineStr" r="B13">
-[...4 lines deleted...]
-      <c s="11" r="C13">
+      <c r="B13" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C13" s="6">
         <v>3</v>
       </c>
-      <c s="12" t="inlineStr" r="D13">
-[...11 lines deleted...]
-      <c s="9" r="A14">
+      <c r="D13" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="E13" s="7" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A14" s="4">
         <v>5</v>
       </c>
-      <c s="10" t="inlineStr" r="B14">
-[...19 lines deleted...]
-      <c s="9" r="A15">
+      <c r="B14" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C14" s="6">
+        <v>1</v>
+      </c>
+      <c r="D14" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E14" s="7" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A15" s="4">
         <v>6</v>
       </c>
-      <c s="10" t="inlineStr" r="B15">
-[...4 lines deleted...]
-      <c s="11" r="C15">
+      <c r="B15" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C15" s="6">
         <v>3</v>
       </c>
-      <c s="12" t="inlineStr" r="D15">
-[...11 lines deleted...]
-      <c s="9" r="A16">
+      <c r="D15" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="E15" s="7" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A16" s="4">
         <v>7</v>
       </c>
-      <c s="10" t="inlineStr" r="B16">
-[...19 lines deleted...]
-      <c s="9" r="A17">
+      <c r="B16" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C16" s="6">
+        <v>1</v>
+      </c>
+      <c r="D16" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E16" s="7" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A17" s="4">
         <v>8</v>
       </c>
-      <c s="10" t="inlineStr" r="B17">
-[...19 lines deleted...]
-      <c s="9" r="A18">
+      <c r="B17" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C17" s="6">
+        <v>1</v>
+      </c>
+      <c r="D17" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="E17" s="7" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A18" s="4">
         <v>9</v>
       </c>
-      <c s="10" t="inlineStr" r="B18">
-[...19 lines deleted...]
-      <c s="9" r="A19">
+      <c r="B18" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C18" s="6">
+        <v>1</v>
+      </c>
+      <c r="D18" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="E18" s="7" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A19" s="4">
         <v>10</v>
       </c>
-      <c s="10" t="inlineStr" r="B19">
-[...19 lines deleted...]
-      <c s="9" r="A20">
+      <c r="B19" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C19" s="6">
+        <v>2</v>
+      </c>
+      <c r="D19" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E19" s="7" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A20" s="4">
         <v>11</v>
       </c>
-      <c s="10" t="inlineStr" r="B20">
-[...4 lines deleted...]
-      <c s="11" r="C20">
+      <c r="B20" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C20" s="6">
+        <v>1</v>
+      </c>
+      <c r="D20" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E20" s="7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A21" s="4">
+        <v>12</v>
+      </c>
+      <c r="B21" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C21" s="6">
+        <v>1</v>
+      </c>
+      <c r="D21" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="E21" s="7" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A22" s="4">
+        <v>13</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C22" s="6">
+        <v>3</v>
+      </c>
+      <c r="D22" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="E22" s="7" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A23" s="4">
+        <v>14</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C23" s="6">
+        <v>1</v>
+      </c>
+      <c r="D23" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E23" s="7" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A24" s="4">
+        <v>15</v>
+      </c>
+      <c r="B24" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="C24" s="6">
         <v>2</v>
       </c>
-      <c s="12" t="inlineStr" r="D20">
-[...11 lines deleted...]
-      <c s="9" r="A21">
+      <c r="D24" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E24" s="7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A25" s="4">
+        <v>16</v>
+      </c>
+      <c r="B25" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="C25" s="6">
+        <v>3</v>
+      </c>
+      <c r="D25" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E25" s="7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A26" s="4">
+        <v>17</v>
+      </c>
+      <c r="B26" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="C26" s="6">
+        <v>1</v>
+      </c>
+      <c r="D26" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E26" s="7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A27" s="4">
+        <v>18</v>
+      </c>
+      <c r="B27" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="C27" s="6">
+        <v>1</v>
+      </c>
+      <c r="D27" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="E27" s="7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A28" s="4">
+        <v>19</v>
+      </c>
+      <c r="B28" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="C28" s="6">
+        <v>19</v>
+      </c>
+      <c r="D28" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E28" s="7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A29" s="4">
+        <v>20</v>
+      </c>
+      <c r="B29" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="C29" s="6">
+        <v>9</v>
+      </c>
+      <c r="D29" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="E29" s="7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A30" s="4">
+        <v>21</v>
+      </c>
+      <c r="B30" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="C30" s="6">
+        <v>3</v>
+      </c>
+      <c r="D30" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="E30" s="7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A31" s="4">
+        <v>22</v>
+      </c>
+      <c r="B31" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="C31" s="6">
+        <v>18</v>
+      </c>
+      <c r="D31" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="E31" s="7" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A32" s="4">
+        <v>23</v>
+      </c>
+      <c r="B32" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="C32" s="6">
+        <v>10</v>
+      </c>
+      <c r="D32" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="E32" s="7" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A33" s="4">
+        <v>24</v>
+      </c>
+      <c r="B33" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="C33" s="6">
+        <v>1</v>
+      </c>
+      <c r="D33" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E33" s="7" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A34" s="4">
+        <v>25</v>
+      </c>
+      <c r="B34" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="C34" s="6">
+        <v>2</v>
+      </c>
+      <c r="D34" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E34" s="7" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A35" s="4">
+        <v>26</v>
+      </c>
+      <c r="B35" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="C35" s="6">
+        <v>3</v>
+      </c>
+      <c r="D35" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="E35" s="7" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A36" s="4">
+        <v>27</v>
+      </c>
+      <c r="B36" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="C36" s="6">
+        <v>1</v>
+      </c>
+      <c r="D36" s="7" t="s">
+        <v>91</v>
+      </c>
+      <c r="E36" s="7" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A37" s="4">
+        <v>28</v>
+      </c>
+      <c r="B37" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="C37" s="6">
+        <v>1</v>
+      </c>
+      <c r="D37" s="7" t="s">
+        <v>94</v>
+      </c>
+      <c r="E37" s="7" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A38" s="4">
+        <v>29</v>
+      </c>
+      <c r="B38" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="C38" s="6">
+        <v>2</v>
+      </c>
+      <c r="D38" s="7" t="s">
+        <v>97</v>
+      </c>
+      <c r="E38" s="7" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A39" s="4">
+        <v>30</v>
+      </c>
+      <c r="B39" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="C39" s="6">
+        <v>1</v>
+      </c>
+      <c r="D39" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="E39" s="7" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A40" s="4">
+        <v>31</v>
+      </c>
+      <c r="B40" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="C40" s="6">
+        <v>3</v>
+      </c>
+      <c r="D40" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="E40" s="7" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A41" s="4">
+        <v>32</v>
+      </c>
+      <c r="B41" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="C41" s="6">
+        <v>1</v>
+      </c>
+      <c r="D41" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="E41" s="7" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A42" s="4">
+        <v>33</v>
+      </c>
+      <c r="B42" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="C42" s="6">
+        <v>1</v>
+      </c>
+      <c r="D42" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="E42" s="7" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A43" s="4">
+        <v>34</v>
+      </c>
+      <c r="B43" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="C43" s="6">
         <v>12</v>
       </c>
-      <c s="10" t="inlineStr" r="B21">
-[...19 lines deleted...]
-      <c s="9" r="A22">
+      <c r="D43" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="E43" s="7" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A44" s="4">
+        <v>35</v>
+      </c>
+      <c r="B44" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="C44" s="6">
+        <v>4</v>
+      </c>
+      <c r="D44" s="7" t="s">
+        <v>115</v>
+      </c>
+      <c r="E44" s="7" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A45" s="4">
+        <v>36</v>
+      </c>
+      <c r="B45" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="C45" s="6">
+        <v>1</v>
+      </c>
+      <c r="D45" s="7" t="s">
+        <v>118</v>
+      </c>
+      <c r="E45" s="7" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A46" s="4">
+        <v>37</v>
+      </c>
+      <c r="B46" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="C46" s="6">
+        <v>1</v>
+      </c>
+      <c r="D46" s="7" t="s">
+        <v>121</v>
+      </c>
+      <c r="E46" s="7" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A47" s="4">
+        <v>38</v>
+      </c>
+      <c r="B47" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="C47" s="6">
         <v>13</v>
       </c>
-      <c s="10" t="inlineStr" r="B22">
-[...616 lines deleted...]
-    <row r="49" ht="42.65" customHeight="1"/>
+      <c r="D47" s="7" t="s">
+        <v>124</v>
+      </c>
+      <c r="E47" s="7" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" ht="42.6" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <mergeCells>
+  <mergeCells count="5">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A6:E6"/>
     <mergeCell ref="D8:E8"/>
   </mergeCells>
-  <pageMargins left="1.18110236220472" right="0.393700787401575" top="0.393700787401575" bottom="0.590551181102362" header="0.393700787401575" footer="0.393700787401575"/>
+  <pageMargins left="1.1811023622047201" right="0.39370078740157499" top="0.39370078740157499" bottom="0.59055118110236204" header="0.39370078740157499" footer="0.39370078740157499"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;L&amp;"Times New Roman,Regular"&amp;7 2026 m. sausio 6 d. &amp;R&amp;"Times New Roman,Regular"&amp;7 &amp;P iš &amp;N </oddFooter>
+    <oddFooter>&amp;L&amp;"Times New Roman,Regular"&amp;7 2026 m. sausio 6 d. &amp;R&amp;"Times New Roman,Regular"&amp;7 &amp;P iš &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <TotalTime></TotalTime>
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
-  <TotalTime></TotalTime>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
-  <ScaleCrop>0</ScaleCrop>
+  <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector baseType="variant" size="2">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Worksheets</vt:lpstr>
+        <vt:lpstr>Darbalapiai</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector baseType="lpstr" size="0"/>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Sheet1</vt:lpstr>
+    </vt:vector>
   </TitlesOfParts>
-  <LinksUpToDate>0</LinksUpToDate>
+  <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
-  <SharedDoc>0</SharedDoc>
-[...1 lines deleted...]
-  <Application>Microsoft Excel</Application>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
-  <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Ingrida Lekstutienė</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
+</file>
+
+<file path=docProps/core0.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
 </file>